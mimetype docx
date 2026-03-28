--- v0 (2025-10-08)
+++ v1 (2026-03-28)
@@ -481,89 +481,113 @@
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="1DD4FDC4" w14:textId="08538433" w:rsidR="007A69BD" w:rsidRDefault="0073585A" w:rsidP="00A77E4E">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
           </w:pPr>
           <w:r w:rsidRPr="00C524C5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="151BD213" w14:textId="77777777" w:rsidR="00EE26F4" w:rsidRPr="00EE26F4" w:rsidRDefault="00EE26F4" w:rsidP="00EE26F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ACD26D7" w14:textId="77777777" w:rsidR="004E3FA4" w:rsidRPr="00DF5AC0" w:rsidRDefault="004E3FA4" w:rsidP="004E3FA4">
+    <w:p w14:paraId="0ACD26D7" w14:textId="60113C34" w:rsidR="004E3FA4" w:rsidRPr="00DF5AC0" w:rsidRDefault="004E3FA4" w:rsidP="004E3FA4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">EMPHASIS AREA AND </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5AC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">EVERY DAY COUNTS INNOVATIONS </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5AC0">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Applications that address safety, and/or Every Day Counts innovations are encouraged. If your project fits within one of the designated EDC initiative categories, particularly the current round (EDC-7), please identify </w:t>
+        <w:t>(Applications that address safety, and/or Every Day Counts innovations are encouraged. If your project fits within one of the designated EDC initiative categories, particularly the current round (EDC-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53F04">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF5AC0">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), please identify </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">the initiative and </w:t>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53F04">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initiative and </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5AC0">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>how it fits below.)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1821305612"/>
         <w:placeholder>
           <w:docPart w:val="05E1B954B530437CA3F926D94B4C52B7"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="7B57B648" w14:textId="77777777" w:rsidR="004E3FA4" w:rsidRDefault="004E3FA4" w:rsidP="00A77E4E">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00C524C5">
             <w:rPr>
@@ -1082,65 +1106,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">PROPOSAL SCHEDULE </w:t>
       </w:r>
       <w:r w:rsidRPr="0073585A">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Anticipated start date and when will product be delivered? The anticipated project schedule is required. The schedule should show how the work will be advanced in the fiscal year for which the funds are being requested, and the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0073585A">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>anticipated completion</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0073585A">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> date of the work</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> This should directly reference each line item in the cost estimate. Applications should only be submitted for projects that are ready to advance if the minimum partial funding request is met.)</w:t>
+        <w:t xml:space="preserve"> date of the work. This should directly reference each line item in the cost estimate. Applications should only be submitted for projects that are ready to advance if the minimum partial funding request is met.)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1629438404"/>
         <w:placeholder>
           <w:docPart w:val="DC765D1F7DD84EB58C1F059DF7322895"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="0EA8D10A" w14:textId="230321D4" w:rsidR="007A69BD" w:rsidRPr="00EA756E" w:rsidRDefault="0073585A" w:rsidP="00A77E4E">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA756E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1A16AA0C" w14:textId="77777777" w:rsidR="007A69BD" w:rsidRDefault="007A69BD" w:rsidP="007A69BD">
@@ -1290,65 +1300,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> STIC?  Progress Reports are </w:t>
       </w:r>
       <w:r w:rsidR="00DD4662">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>required e</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5AC0">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>very 6 months</w:t>
       </w:r>
       <w:r w:rsidR="00DD4662">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (April and November)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5AC0">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">, with a Final Report at </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of work.)</w:t>
+        <w:t>, with a Final Report at conclusion of work.)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-104280032"/>
         <w:placeholder>
           <w:docPart w:val="8FCC513A1B4A4C0594B097D377A16744"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="6F686C7D" w14:textId="5B4ADB4E" w:rsidR="007A69BD" w:rsidRPr="00EA756E" w:rsidRDefault="00DF5AC0" w:rsidP="002752BF">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA756E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2EAA9F0C" w14:textId="77777777" w:rsidR="006A70CE" w:rsidRDefault="006A70CE" w:rsidP="006A70CE">
@@ -1613,61 +1609,61 @@
           </w:rPr>
           <w:t>https://www.fhwa.dot.gov/innovation/everydaycounts/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6DF8A3AF" w14:textId="77777777" w:rsidR="00985278" w:rsidRPr="0069317E" w:rsidRDefault="00985278" w:rsidP="00EA756E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00985278" w:rsidRPr="0069317E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31C21F4A" w14:textId="77777777" w:rsidR="00E44551" w:rsidRDefault="00E44551" w:rsidP="00DF5AC0">
+    <w:p w14:paraId="571A1DE5" w14:textId="77777777" w:rsidR="00056CDF" w:rsidRDefault="00056CDF" w:rsidP="00DF5AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F58A4F6" w14:textId="77777777" w:rsidR="00E44551" w:rsidRDefault="00E44551" w:rsidP="00DF5AC0">
+    <w:p w14:paraId="4BFD6BBD" w14:textId="77777777" w:rsidR="00056CDF" w:rsidRDefault="00056CDF" w:rsidP="00DF5AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1797,61 +1793,61 @@
     </w:r>
     <w:r w:rsidR="00F071D4">
       <w:rPr>
         <w:rFonts w:eastAsia="Trebuchet MS" w:cs="Trebuchet MS"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F071D4">
       <w:rPr>
         <w:rFonts w:eastAsia="Trebuchet MS" w:cs="Trebuchet MS"/>
         <w:color w:val="000000"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2829 W. Howard Place Denver, CO 80204-2305 Phone 303-757-9011 codot.gov</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="793566AA" w14:textId="77777777" w:rsidR="00E44551" w:rsidRDefault="00E44551" w:rsidP="00DF5AC0">
+    <w:p w14:paraId="7BA62E55" w14:textId="77777777" w:rsidR="00056CDF" w:rsidRDefault="00056CDF" w:rsidP="00DF5AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DB34D41" w14:textId="77777777" w:rsidR="00E44551" w:rsidRDefault="00E44551" w:rsidP="00DF5AC0">
+    <w:p w14:paraId="5C1307F2" w14:textId="77777777" w:rsidR="00056CDF" w:rsidRDefault="00056CDF" w:rsidP="00DF5AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32348637" w14:textId="580489A3" w:rsidR="00DF5AC0" w:rsidRDefault="009F2FF8" w:rsidP="00DF5AC0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
@@ -2906,145 +2902,148 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="826365354">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="195244270">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1283802995">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1939286361">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1559701550">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1307473330">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00142609"/>
     <w:rsid w:val="00025C69"/>
+    <w:rsid w:val="00056CDF"/>
     <w:rsid w:val="00142609"/>
     <w:rsid w:val="00175930"/>
     <w:rsid w:val="001D2C25"/>
     <w:rsid w:val="002022D2"/>
     <w:rsid w:val="002752BF"/>
     <w:rsid w:val="00352402"/>
     <w:rsid w:val="00391F06"/>
     <w:rsid w:val="003E09B5"/>
     <w:rsid w:val="004860BE"/>
     <w:rsid w:val="004876E4"/>
     <w:rsid w:val="004E3FA4"/>
     <w:rsid w:val="004F1FF5"/>
     <w:rsid w:val="00516CF2"/>
     <w:rsid w:val="00572DE0"/>
     <w:rsid w:val="005A2EA9"/>
     <w:rsid w:val="005D1EDB"/>
     <w:rsid w:val="005F54DE"/>
     <w:rsid w:val="0065593B"/>
     <w:rsid w:val="0069317E"/>
     <w:rsid w:val="006A70CE"/>
     <w:rsid w:val="006F422D"/>
     <w:rsid w:val="006F7236"/>
     <w:rsid w:val="00720025"/>
     <w:rsid w:val="0073585A"/>
     <w:rsid w:val="00736370"/>
     <w:rsid w:val="007831F5"/>
     <w:rsid w:val="00793242"/>
     <w:rsid w:val="007A69BD"/>
     <w:rsid w:val="007B065A"/>
     <w:rsid w:val="007F775B"/>
     <w:rsid w:val="00811647"/>
     <w:rsid w:val="00826FDF"/>
     <w:rsid w:val="008D1376"/>
     <w:rsid w:val="00930955"/>
     <w:rsid w:val="0093455C"/>
     <w:rsid w:val="009730ED"/>
     <w:rsid w:val="00985278"/>
     <w:rsid w:val="009A3E9E"/>
     <w:rsid w:val="009F2FF8"/>
     <w:rsid w:val="00A11CB7"/>
     <w:rsid w:val="00A4442B"/>
     <w:rsid w:val="00A742CD"/>
     <w:rsid w:val="00A77E4E"/>
     <w:rsid w:val="00A86D91"/>
     <w:rsid w:val="00AD396E"/>
+    <w:rsid w:val="00B53F04"/>
     <w:rsid w:val="00B93968"/>
     <w:rsid w:val="00B93C0D"/>
     <w:rsid w:val="00BC4590"/>
     <w:rsid w:val="00C51E89"/>
     <w:rsid w:val="00C97BD2"/>
     <w:rsid w:val="00CA0253"/>
     <w:rsid w:val="00CA7A48"/>
     <w:rsid w:val="00CB3444"/>
     <w:rsid w:val="00CE138A"/>
     <w:rsid w:val="00D13BB7"/>
     <w:rsid w:val="00D22979"/>
     <w:rsid w:val="00D36490"/>
     <w:rsid w:val="00D3715E"/>
     <w:rsid w:val="00DB3CC5"/>
     <w:rsid w:val="00DD4662"/>
     <w:rsid w:val="00DF5AC0"/>
     <w:rsid w:val="00E44551"/>
     <w:rsid w:val="00E96DE9"/>
     <w:rsid w:val="00EA756E"/>
     <w:rsid w:val="00EA777B"/>
     <w:rsid w:val="00EE26F4"/>
     <w:rsid w:val="00F02782"/>
     <w:rsid w:val="00F071D4"/>
+    <w:rsid w:val="00F45FC7"/>
     <w:rsid w:val="00F9655C"/>
     <w:rsid w:val="00FD03F5"/>
     <w:rsid w:val="00FF36F8"/>
     <w:rsid w:val="00FF5BF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -4243,69 +4242,71 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C56D9"/>
     <w:rsid w:val="000C56D9"/>
     <w:rsid w:val="001705C2"/>
     <w:rsid w:val="00263ECE"/>
     <w:rsid w:val="002A1F05"/>
     <w:rsid w:val="003943D4"/>
+    <w:rsid w:val="00414CB6"/>
     <w:rsid w:val="004442E4"/>
     <w:rsid w:val="0052154D"/>
     <w:rsid w:val="0054589C"/>
     <w:rsid w:val="00656975"/>
     <w:rsid w:val="006711F1"/>
     <w:rsid w:val="006F467D"/>
     <w:rsid w:val="007B065A"/>
     <w:rsid w:val="007E277B"/>
     <w:rsid w:val="00825F49"/>
     <w:rsid w:val="008E1534"/>
     <w:rsid w:val="009C234F"/>
     <w:rsid w:val="00A32041"/>
     <w:rsid w:val="00AA773F"/>
     <w:rsid w:val="00B741E2"/>
     <w:rsid w:val="00BE17EE"/>
     <w:rsid w:val="00BE490F"/>
     <w:rsid w:val="00E40553"/>
     <w:rsid w:val="00E8761B"/>
     <w:rsid w:val="00F02782"/>
+    <w:rsid w:val="00F45FC7"/>
     <w:rsid w:val="00F55035"/>
     <w:rsid w:val="00FE335F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5129,70 +5130,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>768</Words>
-  <Characters>4383</Characters>
+  <Words>770</Words>
+  <Characters>4390</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CO STIC Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>OIT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5141</CharactersWithSpaces>
+  <CharactersWithSpaces>5150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CO STIC Application</dc:title>
   <dc:subject/>
   <dc:creator>Roeder, Bryan T</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>